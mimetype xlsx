--- v0 (2025-10-30)
+++ v1 (2025-11-20)
@@ -15,53 +15,53 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PK5 HR" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86" uniqueCount="23">
-[...1 lines deleted...]
-    <t>Zagreb, 27.08.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="116" uniqueCount="26">
+  <si>
+    <t>Zagreb, 19.11.2025</t>
   </si>
   <si>
     <t>HRVATSKA NARODNA BANKA</t>
   </si>
   <si>
     <t>Sektor platnog prometa</t>
   </si>
   <si>
     <t>Direkcija za nadzor platnog prometa</t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>PREKOGRANIČNE / MEĐUNARODNE TRANSAKCIJE</t>
   </si>
   <si>
     <t>UČINJENE PLATNIM KARTICAMA IZDANIM U REPUBLICI HRVATSKOJ - 2025. godina
 </t>
   </si>
   <si>
     <t>                                                                     {1} preračunato u eure po tečaju na zadnji dan izvještajnog razdoblja</t>
   </si>
   <si>
     <t>Izvještajno razdoblje</t>
@@ -82,50 +82,59 @@
     <t>SIJEČANJ</t>
   </si>
   <si>
     <t>Broj transakcija</t>
   </si>
   <si>
     <t> </t>
   </si>
   <si>
     <t>Vrijednost transakcija {1}</t>
   </si>
   <si>
     <t>VELJAČA</t>
   </si>
   <si>
     <t>OŽUJAK</t>
   </si>
   <si>
     <t>TRAVANJ</t>
   </si>
   <si>
     <t>SVIBANJ</t>
   </si>
   <si>
     <t>LIPANJ</t>
+  </si>
+  <si>
+    <t>SRPANJ</t>
+  </si>
+  <si>
+    <t>KOLOVOZ</t>
+  </si>
+  <si>
+    <t>RUJAN</t>
   </si>
   <si>
     <t> UKUPNO </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -529,51 +538,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:H26"/>
+  <dimension ref="A1:H32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="1"/>
     <col min="2" max="2" width="29" customWidth="1"/>
     <col min="3" max="3" width="20" customWidth="1"/>
     <col min="4" max="4" width="4" customWidth="1"/>
     <col min="5" max="5" width="20" customWidth="1"/>
     <col min="6" max="6" width="4" customWidth="1"/>
     <col min="7" max="7" width="20" customWidth="1"/>
     <col min="8" max="8" width="4" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s" s="2">
         <v>1</v>
       </c>
     </row>
@@ -930,98 +939,254 @@
         <v>15</v>
       </c>
       <c r="B24" t="s" s="12">
         <v>16</v>
       </c>
       <c r="C24" s="13">
         <v>492239755.817958039294346</v>
       </c>
       <c r="D24" t="s" s="12">
         <v>15</v>
       </c>
       <c r="E24" s="13">
         <v>41819985.995097006305572</v>
       </c>
       <c r="F24" t="s" s="12">
         <v>15</v>
       </c>
       <c r="G24" s="14">
         <v>534059741.813055045599918</v>
       </c>
       <c r="H24" t="s" s="15">
         <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:8">
-      <c r="A25" t="s" s="11">
+      <c r="A25" t="s" s="8">
         <v>22</v>
       </c>
-      <c r="B25" t="s" s="16">
+      <c r="B25" t="s" s="8">
         <v>14</v>
       </c>
-      <c r="C25" s="17">
-[...14 lines deleted...]
-      <c r="H25" t="s" s="16">
+      <c r="C25" s="9">
+        <v>9368168</v>
+      </c>
+      <c r="D25" t="s" s="8">
+        <v>15</v>
+      </c>
+      <c r="E25" s="9">
+        <v>311923</v>
+      </c>
+      <c r="F25" t="s" s="8">
+        <v>15</v>
+      </c>
+      <c r="G25" s="10">
+        <v>9680091</v>
+      </c>
+      <c r="H25" t="s" s="11">
         <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:8">
-      <c r="A26" t="s" s="11">
-[...2 lines deleted...]
-      <c r="B26" t="s" s="16">
+      <c r="A26" t="s" s="12">
+        <v>15</v>
+      </c>
+      <c r="B26" t="s" s="12">
         <v>16</v>
       </c>
-      <c r="C26" s="17">
-[...14 lines deleted...]
-      <c r="H26" t="s" s="16">
+      <c r="C26" s="13">
+        <v>502001739.911326545498303</v>
+      </c>
+      <c r="D26" t="s" s="12">
+        <v>15</v>
+      </c>
+      <c r="E26" s="13">
+        <v>41939828.868440594171362</v>
+      </c>
+      <c r="F26" t="s" s="12">
+        <v>15</v>
+      </c>
+      <c r="G26" s="14">
+        <v>543941568.779767139669665</v>
+      </c>
+      <c r="H26" t="s" s="15">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s" s="8">
+        <v>23</v>
+      </c>
+      <c r="B27" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="C27" s="9">
+        <v>9615231</v>
+      </c>
+      <c r="D27" t="s" s="8">
+        <v>15</v>
+      </c>
+      <c r="E27" s="9">
+        <v>288395</v>
+      </c>
+      <c r="F27" t="s" s="8">
+        <v>15</v>
+      </c>
+      <c r="G27" s="10">
+        <v>9903626</v>
+      </c>
+      <c r="H27" t="s" s="11">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s" s="12">
+        <v>15</v>
+      </c>
+      <c r="B28" t="s" s="12">
+        <v>16</v>
+      </c>
+      <c r="C28" s="13">
+        <v>509393715.009083146764737</v>
+      </c>
+      <c r="D28" t="s" s="12">
+        <v>15</v>
+      </c>
+      <c r="E28" s="13">
+        <v>38042297.75036937213251</v>
+      </c>
+      <c r="F28" t="s" s="12">
+        <v>15</v>
+      </c>
+      <c r="G28" s="14">
+        <v>547436012.759452518897247</v>
+      </c>
+      <c r="H28" t="s" s="15">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s" s="8">
+        <v>24</v>
+      </c>
+      <c r="B29" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="C29" s="9">
+        <v>9862791</v>
+      </c>
+      <c r="D29" t="s" s="8">
+        <v>15</v>
+      </c>
+      <c r="E29" s="9">
+        <v>344063</v>
+      </c>
+      <c r="F29" t="s" s="8">
+        <v>15</v>
+      </c>
+      <c r="G29" s="10">
+        <v>10206854</v>
+      </c>
+      <c r="H29" t="s" s="11">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s" s="12">
+        <v>15</v>
+      </c>
+      <c r="B30" t="s" s="12">
+        <v>16</v>
+      </c>
+      <c r="C30" s="13">
+        <v>514749118.460525588131557</v>
+      </c>
+      <c r="D30" t="s" s="12">
+        <v>15</v>
+      </c>
+      <c r="E30" s="13">
+        <v>45545808.220637540254381</v>
+      </c>
+      <c r="F30" t="s" s="12">
+        <v>15</v>
+      </c>
+      <c r="G30" s="14">
+        <v>560294926.681163128385938</v>
+      </c>
+      <c r="H30" t="s" s="15">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s" s="11">
+        <v>25</v>
+      </c>
+      <c r="B31" t="s" s="16">
+        <v>14</v>
+      </c>
+      <c r="C31" s="17">
+        <v>82416739</v>
+      </c>
+      <c r="D31" t="s" s="16">
+        <v>15</v>
+      </c>
+      <c r="E31" s="17">
+        <v>2832349</v>
+      </c>
+      <c r="F31" t="s" s="16">
+        <v>15</v>
+      </c>
+      <c r="G31" s="17">
+        <v>85249088</v>
+      </c>
+      <c r="H31" t="s" s="16">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="B32" t="s" s="16">
+        <v>16</v>
+      </c>
+      <c r="C32" s="17">
+        <v>4232416668.913020970360742</v>
+      </c>
+      <c r="D32" t="s" s="16">
+        <v>15</v>
+      </c>
+      <c r="E32" s="17">
+        <v>378011537.273872599978446</v>
+      </c>
+      <c r="F32" t="s" s="16">
+        <v>15</v>
+      </c>
+      <c r="G32" s="17">
+        <v>4610428206.186893570339188</v>
+      </c>
+      <c r="H32" t="s" s="16">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="14">
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="A5:H5"/>
     <mergeCell ref="A6:H6"/>
     <mergeCell ref="A7:H7"/>
     <mergeCell ref="A8:H8"/>
     <mergeCell ref="A9:H9"/>
     <mergeCell ref="A10:H10"/>
     <mergeCell ref="A11:H11"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="E12:F12"/>
     <mergeCell ref="G12:H12"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>